--- v0 (2025-10-26)
+++ v1 (2026-02-09)
@@ -1673,57 +1673,57 @@
       <c r="AW9" s="16"/>
     </row>
     <row r="10" spans="1:49" customHeight="1" ht="31.5">
       <c r="A10" s="63" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="64"/>
       <c r="C10" s="65"/>
       <c r="D10" s="43" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="46" t="s">
         <v>10</v>
       </c>
       <c r="F10" s="43" t="s">
         <v>11</v>
       </c>
       <c r="G10" s="66" t="s">
         <v>12</v>
       </c>
       <c r="H10" s="67"/>
       <c r="I10" s="25" t="s">
         <v>13</v>
       </c>
       <c r="J10" s="34">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="K10" s="34" t="s">
         <v>14</v>
       </c>
       <c r="L10" s="34">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="M10" s="34" t="s">
         <v>15</v>
       </c>
       <c r="N10" s="34" t="s">
         <v>16</v>
       </c>
       <c r="O10" s="34" t="s">
         <v>14</v>
       </c>
       <c r="P10" s="34" t="s">
         <v>17</v>
       </c>
       <c r="Q10" s="66" t="s">
         <v>18</v>
       </c>
       <c r="R10" s="67"/>
       <c r="S10" s="17"/>
       <c r="T10" s="34" t="s">
         <v>19</v>
       </c>
       <c r="U10" s="34"/>
       <c r="V10" s="24" t="s">
         <v>20</v>
       </c>